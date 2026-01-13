--- v0 (2025-10-11)
+++ v1 (2026-01-13)
@@ -1,7397 +1,6742 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="JPG" ContentType="image/.jpg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w14:paraId="030E4C69" w14:textId="65B89FAA" w:rsidR="005A4898" w:rsidRPr="00B537E0" w:rsidRDefault="00FF7080" w:rsidP="00B537E0">
+    <w:p w14:paraId="030E4C69">
       <w:pPr>
-        <w:pStyle w:val="Szvegtrzs"/>
+        <w:pStyle w:val="4"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t>Author contributions</w:t>
+        <w:t>Auth</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>or contributions</w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...984 lines deleted...]
-    <w:p w14:paraId="5CC897D0" w14:textId="77777777" w:rsidR="005A4898" w:rsidRDefault="005A4898">
+    <w:p w14:paraId="5CC897D0">
       <w:pPr>
-        <w:pStyle w:val="Szvegtrzs"/>
+        <w:pStyle w:val="4"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1674FE27" w14:textId="287227DB" w:rsidR="00B537E0" w:rsidRDefault="00B537E0">
+    <w:p w14:paraId="344FFF57">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial Unicode MS"/>
-[...9 lines deleted...]
-          </w14:textOutline>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:br w:type="page"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:color="808080"/>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>4591050</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>181610</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1220470" cy="819785"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="3" name="Picture 3" descr="WhatsApp_Image_2025-11-07_at_15.18.40-removebg-preview"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="3" name="Picture 3" descr="WhatsApp_Image_2025-11-07_at_15.18.40-removebg-preview"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1220470" cy="819785"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Manuscript title:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AE0301" w:rsidRPr="00AE0301">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Age-related linguistic changes in Hungarian and Russian language users’ linguistic picture of the world</w:t>
+        <w:t>Integrating Hadih Maja as Acehnese Local Wisdom in Building Students’ Character</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="344FFF57" w14:textId="77777777" w:rsidR="005A4898" w:rsidRDefault="005A4898">
+    <w:p w14:paraId="4CB64065">
       <w:pPr>
-        <w:pStyle w:val="Szvegtrzs"/>
-        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C03761B" w14:textId="0E0ED57F" w:rsidR="005A4898" w:rsidRDefault="00FF7080">
+    <w:p w14:paraId="7C03761B">
       <w:pPr>
-        <w:pStyle w:val="Szvegtrzs"/>
+        <w:pStyle w:val="4"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Author 1:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AE0301">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
-[...1 lines deleted...]
-          <w:u w:color="808080"/>
+          <w:rFonts w:hint="default" w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Istvan </w:t>
+        <w:t>Rizki Dhian Nushur</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-      <w:r w:rsidR="00AE0301">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:color w:val="808080"/>
           <w:u w:color="808080"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00AE0301">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+          <w:rFonts w:hint="default" w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:color w:val="808080"/>
           <w:u w:color="808080"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
+        <w:t/>
       </w:r>
-      <w:r w:rsidR="00520509">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+          <w:rFonts w:hint="default" w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:color w:val="808080"/>
           <w:u w:color="808080"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:tab/>
+        <w:t/>
       </w:r>
-      <w:r w:rsidR="00B537E0">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+          <w:rFonts w:hint="default" w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:color w:val="808080"/>
           <w:u w:color="808080"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">              </w:t>
+        <w:tab/>
+        <w:t/>
       </w:r>
-      <w:r w:rsidR="00393490">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+          <w:rFonts w:hint="default" w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:color w:val="808080"/>
           <w:u w:color="808080"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
+        <w:t/>
       </w:r>
-      <w:r w:rsidR="00393490">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+          <w:rFonts w:hint="default" w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:color w:val="808080"/>
           <w:u w:color="808080"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
+        <w:t/>
       </w:r>
-      <w:r w:rsidR="00B537E0">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+          <w:rFonts w:hint="default" w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:color w:val="808080"/>
           <w:u w:color="808080"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">    </w:t>
-[...88 lines deleted...]
-        <w:t>Signature</w:t>
+        <w:tab/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableNormal"/>
+        <w:tblStyle w:val="6"/>
         <w:tblW w:w="9205" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+          <w:top w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          <w:insideH w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="CED7E7"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="546"/>
         <w:gridCol w:w="8659"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005A4898" w14:paraId="5C95897A" w14:textId="77777777" w:rsidTr="00B537E0">
+      <w:tr w14:paraId="5C95897A">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="CED7E7"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="239"/>
+          <w:trHeight w:val="239" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2BD6F148" w14:textId="77777777" w:rsidR="005A4898" w:rsidRDefault="00FF7080" w:rsidP="00B537E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Szvegtrzs"/>
+          <w:p w14:paraId="2BD6F148">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
+                <w:shd w:val="clear" w:fill="4BACC6" w:themeFill="accent5"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="74DEA6C6" w14:textId="77777777" w:rsidR="00B537E0" w:rsidRDefault="00B537E0" w:rsidP="00B537E0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="0068556A">
+          <w:p w14:paraId="74DEA6C6">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Conceptualization</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:color w:val="808080"/>
                 <w:u w:color="808080"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5C419F9F" w14:textId="1739CE30" w:rsidR="005A4898" w:rsidRDefault="00CB252D" w:rsidP="00B537E0">
-[...11 lines deleted...]
-              <w:t>Took active part in the process.</w:t>
+          <w:p w14:paraId="5C419F9F">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Led the formulation of ideas and research goals.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A4898" w14:paraId="3F7D60CD" w14:textId="77777777" w:rsidTr="00B537E0">
+      <w:tr w14:paraId="3F7D60CD">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="463"/>
+          <w:trHeight w:val="463" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6FC7EAAE" w14:textId="77777777" w:rsidR="005A4898" w:rsidRDefault="00FF7080" w:rsidP="00B537E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Szvegtrzs"/>
+          <w:p w14:paraId="6FC7EAAE">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
+                <w:shd w:val="clear" w:fill="4BACC6" w:themeFill="accent5"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="69857EEA" w14:textId="77777777" w:rsidR="00B537E0" w:rsidRDefault="00B537E0" w:rsidP="00B537E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Szvegtrzs"/>
+          <w:p w14:paraId="69857EEA">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0068556A">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Data curation</w:t>
             </w:r>
-            <w:r w:rsidRPr="0068556A">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="32F6C201" w14:textId="4130EE80" w:rsidR="005A4898" w:rsidRDefault="00CB252D" w:rsidP="00CB252D">
-[...11 lines deleted...]
-              <w:t>Took leading part in the process.</w:t>
+          <w:p w14:paraId="32F6C201">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Managed sources and references.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A4898" w14:paraId="6B72CD22" w14:textId="77777777">
+      <w:tr w14:paraId="6B72CD22">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="540"/>
+          <w:trHeight w:val="540" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="47F77A67" w14:textId="77777777" w:rsidR="005A4898" w:rsidRDefault="00FF7080" w:rsidP="00B537E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Szvegtrzs"/>
+          <w:p w14:paraId="47F77A67">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
+                <w:shd w:val="clear" w:fill="4BACC6" w:themeFill="accent5"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="18515781" w14:textId="77777777" w:rsidR="00B537E0" w:rsidRDefault="00B537E0" w:rsidP="00B537E0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="0068556A">
+          <w:p w14:paraId="18515781">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Formal analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:color w:val="808080"/>
                 <w:u w:color="808080"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="65E709E0" w14:textId="1F41C38A" w:rsidR="005A4898" w:rsidRDefault="00CB252D" w:rsidP="00B537E0">
-[...11 lines deleted...]
-              <w:t>Took leading part in the process.</w:t>
+          <w:p w14:paraId="65E709E0">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Conducted analytical mapping.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A4898" w14:paraId="46C10908" w14:textId="77777777">
+      <w:tr w14:paraId="46C10908">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="540"/>
+          <w:trHeight w:val="540" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2E348DBC" w14:textId="77777777" w:rsidR="005A4898" w:rsidRDefault="00FF7080" w:rsidP="00B537E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Szvegtrzs"/>
+          <w:p w14:paraId="2E348DBC">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
+                <w:shd w:val="clear" w:fill="4BACC6" w:themeFill="accent5"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6AE8791D" w14:textId="77777777" w:rsidR="00B537E0" w:rsidRDefault="00B537E0" w:rsidP="00B537E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Szvegtrzs"/>
+          <w:p w14:paraId="6AE8791D">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00050C4E">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Funding acquisition</w:t>
             </w:r>
-            <w:r w:rsidRPr="0068556A">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="537B92F1" w14:textId="62589384" w:rsidR="005A4898" w:rsidRDefault="00CB252D" w:rsidP="00B537E0">
-[...11 lines deleted...]
-              <w:t>Took active part in the process.</w:t>
+          <w:p w14:paraId="537B92F1">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Secured support for manuscript preparation.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A4898" w14:paraId="6E0E5CD8" w14:textId="77777777">
+      <w:tr w14:paraId="6E0E5CD8">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="540"/>
+          <w:trHeight w:val="540" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="76845DCE" w14:textId="77777777" w:rsidR="005A4898" w:rsidRDefault="00FF7080" w:rsidP="00B537E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Szvegtrzs"/>
+          <w:p w14:paraId="76845DCE">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
+                <w:shd w:val="clear" w:fill="4BACC6" w:themeFill="accent5"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="01DF9556" w14:textId="77777777" w:rsidR="00B537E0" w:rsidRDefault="00B537E0" w:rsidP="00B537E0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00050C4E">
+          <w:p w14:paraId="01DF9556">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Investigation</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:color w:val="808080"/>
                 <w:u w:color="808080"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="26DC5750" w14:textId="19EF438A" w:rsidR="005A4898" w:rsidRDefault="00CB252D" w:rsidP="00B537E0">
-[...11 lines deleted...]
-              <w:t>Took active part in the process.</w:t>
+          <w:p w14:paraId="26DC5750">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Led literature exploration and synthesis.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B537E0" w14:paraId="3FDC5A67" w14:textId="77777777">
+      <w:tr w14:paraId="3FDC5A67">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="540"/>
+          <w:trHeight w:val="540" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3F7A9DDB" w14:textId="060BC153" w:rsidR="00B537E0" w:rsidRDefault="00B537E0" w:rsidP="00B537E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Szvegtrzs"/>
+          <w:p w14:paraId="3F7A9DDB">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00872737">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
+                <w:shd w:val="clear" w:fill="4BACC6" w:themeFill="accent5"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2A75E151" w14:textId="33FAB1D4" w:rsidR="00B537E0" w:rsidRDefault="00B537E0" w:rsidP="00B537E0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00050C4E">
+          <w:p w14:paraId="2A75E151">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Methodology</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB7DEC">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:color w:val="808080"/>
                 <w:u w:color="808080"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E06A45D" w14:textId="681714B0" w:rsidR="00B537E0" w:rsidRPr="00B537E0" w:rsidRDefault="00CB252D" w:rsidP="00B537E0">
-[...16 lines deleted...]
-              <w:t>Took active part in the process.</w:t>
+          <w:p w14:paraId="739B6FBE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Designed qualitative review protocol.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B537E0" w14:paraId="6AB2E527" w14:textId="77777777">
+      <w:tr w14:paraId="6AB2E527">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="540"/>
+          <w:trHeight w:val="540" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5BAE9701" w14:textId="0C044354" w:rsidR="00B537E0" w:rsidRDefault="00B537E0" w:rsidP="00B537E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Szvegtrzs"/>
+          <w:p w14:paraId="5BAE9701">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00872737">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
+                <w:shd w:val="clear" w:fill="4BACC6" w:themeFill="accent5"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7FC839F5" w14:textId="1856FE57" w:rsidR="00B537E0" w:rsidRPr="00CB252D" w:rsidRDefault="00B537E0" w:rsidP="00B537E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Szvegtrzs"/>
+          <w:p w14:paraId="7FC839F5">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:color="808080"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00CB252D">
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:color="808080"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
               </w:rPr>
               <w:t>Project administration</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="53E3F175" w14:textId="7E1BA66C" w:rsidR="00B537E0" w:rsidRPr="00B537E0" w:rsidRDefault="00CB252D" w:rsidP="00B537E0">
-[...16 lines deleted...]
-              <w:t>Took active part in the process.</w:t>
+          <w:p w14:paraId="63042503">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Coordinated workflow and timeline.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B537E0" w14:paraId="0A8DE7F6" w14:textId="77777777">
+      <w:tr w14:paraId="0A8DE7F6">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="CED7E7"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="540"/>
+          <w:trHeight w:val="540" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5BA60CD1" w14:textId="1A97AD82" w:rsidR="00B537E0" w:rsidRDefault="00B537E0" w:rsidP="00B537E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Szvegtrzs"/>
+          <w:p w14:paraId="5BA60CD1">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00872737">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
+                <w:shd w:val="clear" w:fill="4BACC6" w:themeFill="accent5"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0C90BA2E" w14:textId="5EC8E57C" w:rsidR="00B537E0" w:rsidRDefault="00B537E0" w:rsidP="00B537E0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00050C4E">
+          <w:p w14:paraId="0C90BA2E">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Resources</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB7DEC">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:color w:val="808080"/>
                 <w:u w:color="808080"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0C46934F" w14:textId="10D284FD" w:rsidR="00B537E0" w:rsidRPr="00B537E0" w:rsidRDefault="00CB252D" w:rsidP="00B537E0">
-[...16 lines deleted...]
-              <w:t>Took active part in the process.</w:t>
+          <w:p w14:paraId="0C46934F">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Provided cultural and academic materials</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B537E0" w14:paraId="720CEE62" w14:textId="77777777">
+      <w:tr w14:paraId="720CEE62">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="540"/>
+          <w:trHeight w:val="540" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3DCA908A" w14:textId="47E80C59" w:rsidR="00B537E0" w:rsidRDefault="00B537E0" w:rsidP="00B537E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Szvegtrzs"/>
+          <w:p w14:paraId="3DCA908A">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00872737">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
+                <w:shd w:val="clear" w:fill="4BACC6" w:themeFill="accent5"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="57E9D745" w14:textId="04A2ECE7" w:rsidR="00B537E0" w:rsidRPr="00CB252D" w:rsidRDefault="00B537E0" w:rsidP="00B537E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Szvegtrzs"/>
+          <w:p w14:paraId="57E9D745">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:color="808080"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00CB252D">
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:color="808080"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
               </w:rPr>
               <w:t>Software</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1F17E084" w14:textId="7F158C69" w:rsidR="00B537E0" w:rsidRPr="00B537E0" w:rsidRDefault="00CB252D" w:rsidP="00B537E0">
-[...16 lines deleted...]
-              <w:t>Took leading part in the process.</w:t>
+          <w:p w14:paraId="1F17E084">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Used reference management tools.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B537E0" w14:paraId="75CEBB43" w14:textId="77777777">
+      <w:tr w14:paraId="75CEBB43">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="CED7E7"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="540"/>
+          <w:trHeight w:val="540" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="61F397FE" w14:textId="2C2E8E0C" w:rsidR="00B537E0" w:rsidRDefault="00B537E0" w:rsidP="00B537E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Szvegtrzs"/>
+          <w:p w14:paraId="61F397FE">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00872737">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
+                <w:shd w:val="clear" w:fill="4BACC6" w:themeFill="accent5"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="79E8143B" w14:textId="006D05F4" w:rsidR="00B537E0" w:rsidRDefault="00B537E0" w:rsidP="00B537E0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00050C4E">
+          <w:p w14:paraId="79E8143B">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Supervision</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB7DEC">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:color w:val="808080"/>
                 <w:u w:color="808080"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="591AD79E" w14:textId="3BC2EA0E" w:rsidR="00B537E0" w:rsidRPr="00B537E0" w:rsidRDefault="00CB252D" w:rsidP="00B537E0">
-[...16 lines deleted...]
-              <w:t>Took active part in the process.</w:t>
+          <w:p w14:paraId="14FA9805">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Oversaw research integrity and coherence.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B537E0" w14:paraId="64B3FE0B" w14:textId="77777777">
+      <w:tr w14:paraId="64B3FE0B">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="540"/>
+          <w:trHeight w:val="540" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="73CDB283" w14:textId="110C226D" w:rsidR="00B537E0" w:rsidRDefault="00B537E0" w:rsidP="00B537E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Szvegtrzs"/>
+          <w:p w14:paraId="73CDB283">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00872737">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
+                <w:shd w:val="clear" w:fill="4BACC6" w:themeFill="accent5"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="28E33A95" w14:textId="0049ACDB" w:rsidR="00B537E0" w:rsidRPr="00CB252D" w:rsidRDefault="00B537E0" w:rsidP="00B537E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Szvegtrzs"/>
+          <w:p w14:paraId="28E33A95">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:color="808080"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00CB252D">
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:color="808080"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
               </w:rPr>
               <w:t>Validation</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="35464AE5" w14:textId="1010FCE0" w:rsidR="00B537E0" w:rsidRPr="00B537E0" w:rsidRDefault="00CB252D" w:rsidP="00B537E0">
-[...16 lines deleted...]
-              <w:t>Took active part in the process.</w:t>
+          <w:p w14:paraId="35464AE5">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Verified analytical accuracy.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B537E0" w14:paraId="2529A021" w14:textId="77777777">
+      <w:tr w14:paraId="2529A021">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="540"/>
+          <w:trHeight w:val="540" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="01D91435" w14:textId="19916EB1" w:rsidR="00B537E0" w:rsidRDefault="00B537E0" w:rsidP="00B537E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Szvegtrzs"/>
+          <w:p w14:paraId="01D91435">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00872737">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
+                <w:shd w:val="clear" w:fill="4BACC6" w:themeFill="accent5"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="50918DE5" w14:textId="4E56DE28" w:rsidR="00B537E0" w:rsidRDefault="00B537E0" w:rsidP="00B537E0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00050C4E">
+          <w:p w14:paraId="50918DE5">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Visualization</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB7DEC">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:color w:val="808080"/>
                 <w:u w:color="808080"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7FE8E86D" w14:textId="5B0A337A" w:rsidR="00B537E0" w:rsidRPr="00B537E0" w:rsidRDefault="00CB252D" w:rsidP="00B537E0">
-[...16 lines deleted...]
-              <w:t>Took leading part in the process.</w:t>
+          <w:p w14:paraId="7FE8E86D">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Created conceptual mapping tables.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B537E0" w14:paraId="6100CF8A" w14:textId="77777777">
+      <w:tr w14:paraId="6100CF8A">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="540"/>
+          <w:trHeight w:val="540" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="52319537" w14:textId="7B502D86" w:rsidR="00B537E0" w:rsidRDefault="00B537E0" w:rsidP="00B537E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Szvegtrzs"/>
+          <w:p w14:paraId="52319537">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00872737">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
+                <w:shd w:val="clear" w:fill="4BACC6" w:themeFill="accent5"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="770D4AA7" w14:textId="77777777" w:rsidR="00B537E0" w:rsidRDefault="00B537E0" w:rsidP="00B537E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Szvegtrzs"/>
+          <w:p w14:paraId="770D4AA7">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00050C4E">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Writing – original draft</w:t>
             </w:r>
-            <w:r w:rsidRPr="00050C4E">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="533630F4" w14:textId="25BB08B0" w:rsidR="00B537E0" w:rsidRPr="00B537E0" w:rsidRDefault="00CB252D" w:rsidP="00B537E0">
-[...16 lines deleted...]
-              <w:t>Took leading part in the process.</w:t>
+          <w:p w14:paraId="533630F4">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Wrote the initial manuscript.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B537E0" w14:paraId="2A26CE6D" w14:textId="77777777">
+      <w:tr w14:paraId="2A26CE6D">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="540"/>
+          <w:trHeight w:val="540" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5BBCDA79" w14:textId="4DEF7AD8" w:rsidR="00B537E0" w:rsidRDefault="00B537E0" w:rsidP="00B537E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Szvegtrzs"/>
+          <w:p w14:paraId="5BBCDA79">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00872737">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
+                <w:shd w:val="clear" w:fill="4BACC6" w:themeFill="accent5"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="31D6996B" w14:textId="6DED5CAD" w:rsidR="00B537E0" w:rsidRDefault="00B537E0" w:rsidP="00B537E0">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00050C4E">
+          <w:p w14:paraId="31D6996B">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Writing – review &amp; editing</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB7DEC">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:color w:val="808080"/>
                 <w:u w:color="808080"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7716361C" w14:textId="762E31B1" w:rsidR="00B537E0" w:rsidRPr="00B537E0" w:rsidRDefault="00CB252D" w:rsidP="00B537E0">
-[...16 lines deleted...]
-              <w:t>Took active part in the process.</w:t>
+          <w:p w14:paraId="7716361C">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Revised manuscript to meet Scopus standards.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A4898" w14:paraId="4A0D407E" w14:textId="77777777">
+      <w:tr w14:paraId="4A0D407E">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="CED7E7"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="540"/>
+          <w:trHeight w:val="540" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="380CC0EE" w14:textId="77777777" w:rsidR="005A4898" w:rsidRDefault="00FF7080" w:rsidP="00B537E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Szvegtrzs"/>
+          <w:p w14:paraId="380CC0EE">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5C524B0B" w14:textId="77777777" w:rsidR="005A4898" w:rsidRDefault="00FF7080" w:rsidP="00B537E0">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+          <w:p w14:paraId="5C524B0B">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
               </w:rPr>
               <w:t>Other contribution</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5C15C401" w14:textId="460B7910" w:rsidR="005A4898" w:rsidRDefault="00CB252D" w:rsidP="00B537E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Szvegtrzs"/>
+          <w:p w14:paraId="5C15C401">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:color w:val="808080"/>
                 <w:u w:color="808080"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="55A4C3C5" w14:textId="77777777" w:rsidR="005A4898" w:rsidRDefault="005A4898">
+    <w:p w14:paraId="55A4C3C5">
       <w:pPr>
-        <w:pStyle w:val="Szvegtrzs"/>
+        <w:pStyle w:val="4"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2CF741F2" w14:textId="77777777" w:rsidR="005A4898" w:rsidRDefault="00FF7080">
+    <w:p w14:paraId="2CF741F2">
       <w:pPr>
-        <w:pStyle w:val="Szvegtrzs"/>
+        <w:pStyle w:val="4"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24A9B18A" w14:textId="2690DE67" w:rsidR="005A4898" w:rsidRDefault="00FF7080">
+    <w:p w14:paraId="24A9B18A">
       <w:pPr>
-        <w:pStyle w:val="Szvegtrzs"/>
+        <w:pStyle w:val="4"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Liberation Serif" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>4969510</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>-286385</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="679450" cy="909955"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="4445"/>
+            <wp:wrapNone/>
+            <wp:docPr id="4" name="Picture 4" descr="WhatsApp Image 2025-12-07 at 12.01.45"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="4" name="Picture 4" descr="WhatsApp Image 2025-12-07 at 12.01.45"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="679450" cy="909955"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Author 2:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AE0301">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Juliana</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:color w:val="808080"/>
           <w:u w:color="808080"/>
         </w:rPr>
-        <w:t xml:space="preserve">Irina </w:t>
+        <w:t xml:space="preserve">         </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...19 lines deleted...]
-      <w:r w:rsidR="00AE0301">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:color w:val="808080"/>
           <w:u w:color="808080"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B537E0">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:color w:val="808080"/>
           <w:u w:color="808080"/>
         </w:rPr>
-        <w:t xml:space="preserve">       </w:t>
+        <w:t xml:space="preserve">            </w:t>
       </w:r>
-      <w:r w:rsidR="00B85EAD">
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="6"/>
+        <w:tblW w:w="9205" w:type="dxa"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          <w:insideH w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+        </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="CED7E7"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="546"/>
+        <w:gridCol w:w="8659"/>
+      </w:tblGrid>
+      <w:tr w14:paraId="3A6AA0C2">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="CED7E7"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="239" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="485D4AD5">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:shd w:val="clear" w:fill="4BACC6" w:themeFill="accent5"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3E0C9A41">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Conceptualization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C343C45">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Contributed ideas to cultural-educational framework.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="55FF01FE">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="463" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="27A60C9E">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:shd w:val="clear" w:fill="4BACC6" w:themeFill="accent5"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="283ED095">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Data curation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CD4AD0A">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Assisted with literature organization.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="261AE2BF">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="CED7E7"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="540" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="32FC514E">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:shd w:val="clear" w:fill="4BACC6" w:themeFill="accent5"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="14C7E39F">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Formal analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53740CC6">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Participated in conceptual mapping.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="766D9324">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="CED7E7"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="540" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7079728E">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7E2CA220">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Funding acquisition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11549F3D">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="1C9FD5A8">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="540" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="64B2BDD1">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:shd w:val="clear" w:fill="4BACC6" w:themeFill="accent5"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3828F0F0">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Investigation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15B00440">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Contributed to literature search.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="54FD499C">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="CED7E7"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="540" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3AD44FAB">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:shd w:val="clear" w:fill="4BACC6" w:themeFill="accent5"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7E013174">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Methodology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0ED32348">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Refined research design.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="38650446">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="540" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="13FDD851">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:shd w:val="clear" w:fill="4BACC6" w:themeFill="accent5"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0C604B75">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:u w:color="808080"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:u w:color="808080"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>Project administration</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="653B8B89">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Supported team coordination.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="159EE5B4">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="CED7E7"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="540" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1661D4CA">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:shd w:val="clear" w:fill="4BACC6" w:themeFill="accent5"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="422CF750">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52189F2A">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Provided institutional and cultural references.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="49F6EE4D">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="CED7E7"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="540" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0BDEDCE5">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7FCD00FF">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:u w:color="808080"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:u w:color="808080"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>Software</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76AC4599">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+              <w:t>Took part in the process.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="4A306AD2">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="540" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2120D338">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:shd w:val="clear" w:fill="4BACC6" w:themeFill="accent5"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0353DD9E">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Supervision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4369BACF">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Provided academic input.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="13F9F87D">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="540" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3E7EE00B">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:shd w:val="clear" w:fill="4BACC6" w:themeFill="accent5"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2465D319">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:u w:color="808080"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:u w:color="808080"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+              <w:t>Validation</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71603C66">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Reviewed data interpretation.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="195C39D5">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="540" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="77BE8862">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:shd w:val="clear" w:fill="4BACC6" w:themeFill="accent5"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6383018C">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Visualization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33DF5212">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Contributed to table structures.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="32B76A4E">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="CED7E7"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="540" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="02236A30">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:shd w:val="clear" w:fill="4BACC6" w:themeFill="accent5"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="23AD63B2">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Writing – original draft</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DD6563E">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Drafted literature review sections.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="415834BD">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="540" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="41760DC0">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:shd w:val="clear" w:fill="4BACC6" w:themeFill="accent5"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="68FA494D">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Writing – review &amp; editing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64DB04E8">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Assisted in manuscript refinement.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="1A2D1F5B">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="CED7E7"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="540" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6FEC052F">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4C8FC3B3">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+              </w:rPr>
+              <w:t>Other contribution</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42538BF5">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1AC0C14A">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FC3F0DF">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
-[...1 lines deleted...]
-          <w:u w:color="808080"/>
+          <w:rFonts w:hint="default" w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">    </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B537E0">
+      </w:pPr>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
-[...11 lines deleted...]
-          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w:rFonts w:hint="default" w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="11C0F9F8" wp14:editId="5CA05268">
-[...2 lines deleted...]
-            <wp:docPr id="7" name="Kép 7" descr="C:\Users\Istvan\OneDrive\Moscow\Article_Age-related changes... 70-70_HU RU_10-12yr\Irina signature.jpg"/>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>4511040</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>-160020</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1200785" cy="495935"/>
+            <wp:effectExtent l="0" t="0" r="5715" b="12065"/>
+            <wp:wrapNone/>
+            <wp:docPr id="5" name="Picture 5" descr="WhatsApp Image 2025-12-07 at 10.58.14"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\Istvan\OneDrive\Moscow\Article_Age-related changes... 70-70_HU RU_10-12yr\Irina signature.jpg"/>
+                    <pic:cNvPr id="5" name="Picture 5" descr="WhatsApp Image 2025-12-07 at 10.58.14"/>
                     <pic:cNvPicPr>
-                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                      <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8">
-[...6 lines deleted...]
-                    <a:srcRect/>
+                    <a:blip r:embed="rId8"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2077149" cy="847747"/>
+                      <a:ext cx="1200785" cy="495935"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
-[...2 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-          </wp:inline>
+          </wp:anchor>
         </w:drawing>
       </w:r>
-    </w:p>
-[...1592 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Author 3:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+          <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00AE0301">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+          <w:color w:val="auto"/>
+          <w:u w:color="808080"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Nurlayli Yanti</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+          <w:color w:val="auto"/>
+          <w:u w:color="808080"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:color w:val="808080"/>
           <w:u w:color="808080"/>
         </w:rPr>
-        <w:t>Orsolya</w:t>
+        <w:t xml:space="preserve">            </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...18 lines deleted...]
-      <w:r w:rsidR="00AE0301">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:color w:val="808080"/>
           <w:u w:color="808080"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B537E0">
-[...23 lines deleted...]
-      <w:r w:rsidR="00B537E0">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:color w:val="808080"/>
           <w:u w:color="808080"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
-      <w:r w:rsidR="00393490" w:rsidRPr="00393490">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:hint="default" w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+          <w:color w:val="808080"/>
           <w:u w:color="808080"/>
-          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:drawing>
-[...46 lines deleted...]
-        </w:drawing>
+        <w:tab/>
+        <w:t/>
       </w:r>
-      <w:r w:rsidR="00B537E0" w:rsidRPr="00B537E0">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:hint="default" w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+          <w:color w:val="808080"/>
           <w:u w:color="808080"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Signature</w:t>
+        <w:tab/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableNormal"/>
+        <w:tblStyle w:val="6"/>
         <w:tblW w:w="9205" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+          <w:top w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          <w:insideH w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="CED7E7"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="546"/>
         <w:gridCol w:w="8659"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CB252D" w14:paraId="238C4B6D" w14:textId="77777777" w:rsidTr="00D53465">
+      <w:tr w14:paraId="238C4B6D">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="239"/>
+          <w:trHeight w:val="239" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5018A85F" w14:textId="77777777" w:rsidR="00CB252D" w:rsidRDefault="00CB252D" w:rsidP="00D53465">
-[...1 lines deleted...]
-              <w:pStyle w:val="Szvegtrzs"/>
+          <w:p w14:paraId="5018A85F">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:shd w:val="clear" w:fill="4BACC6" w:themeFill="accent5"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5D0014D5" w14:textId="77777777" w:rsidR="00CB252D" w:rsidRDefault="00CB252D" w:rsidP="00D53465">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="0068556A">
+          <w:p w14:paraId="5D0014D5">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Conceptualization</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:color w:val="808080"/>
                 <w:u w:color="808080"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="672C24CA" w14:textId="77777777" w:rsidR="00CB252D" w:rsidRDefault="00CB252D" w:rsidP="00D53465">
-[...11 lines deleted...]
-              <w:t>Took active part in the process.</w:t>
+          <w:p w14:paraId="7832BB1D">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Supported conceptual refinement.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB252D" w14:paraId="46F5CB6B" w14:textId="77777777" w:rsidTr="00D53465">
+      <w:tr w14:paraId="46F5CB6B">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="463"/>
+          <w:trHeight w:val="463" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5836599B" w14:textId="77777777" w:rsidR="00CB252D" w:rsidRDefault="00CB252D" w:rsidP="00D53465">
-[...1 lines deleted...]
-              <w:pStyle w:val="Szvegtrzs"/>
+          <w:p w14:paraId="5836599B">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-              </w:rPr>
-              <w:lastRenderedPageBreak/>
+                <w:shd w:val="clear" w:fill="4BACC6" w:themeFill="accent5"/>
+              </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="38187450" w14:textId="77777777" w:rsidR="00CB252D" w:rsidRDefault="00CB252D" w:rsidP="00D53465">
-[...1 lines deleted...]
-              <w:pStyle w:val="Szvegtrzs"/>
+          <w:p w14:paraId="38187450">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0068556A">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Data curation</w:t>
             </w:r>
-            <w:r w:rsidRPr="0068556A">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1D32F536" w14:textId="2E0ADFC3" w:rsidR="00CB252D" w:rsidRDefault="00CB252D" w:rsidP="005255D9">
-[...11 lines deleted...]
-              <w:t>Took part in the process.</w:t>
+          <w:p w14:paraId="70C16161">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Collected local cultural references.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB252D" w14:paraId="077603F9" w14:textId="77777777" w:rsidTr="00D53465">
+      <w:tr w14:paraId="077603F9">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="540"/>
+          <w:trHeight w:val="540" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5E89A78E" w14:textId="77777777" w:rsidR="00CB252D" w:rsidRDefault="00CB252D" w:rsidP="00D53465">
-[...1 lines deleted...]
-              <w:pStyle w:val="Szvegtrzs"/>
+          <w:p w14:paraId="5E89A78E">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:shd w:val="clear" w:fill="4BACC6" w:themeFill="accent5"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="61EDCAB3" w14:textId="77777777" w:rsidR="00CB252D" w:rsidRDefault="00CB252D" w:rsidP="00D53465">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="0068556A">
+          <w:p w14:paraId="61EDCAB3">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Formal analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:color w:val="808080"/>
                 <w:u w:color="808080"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7A86263E" w14:textId="7236F874" w:rsidR="00CB252D" w:rsidRDefault="00CB252D" w:rsidP="005255D9">
-[...11 lines deleted...]
-              <w:t>Took part in the process.</w:t>
+          <w:p w14:paraId="7A86263E">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Helped synthesize thematic values.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB252D" w14:paraId="7A80EBBD" w14:textId="77777777" w:rsidTr="00D53465">
+      <w:tr w14:paraId="7A80EBBD">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="CED7E7"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="540"/>
+          <w:trHeight w:val="540" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="55832D37" w14:textId="77777777" w:rsidR="00CB252D" w:rsidRDefault="00CB252D" w:rsidP="00D53465">
-[...1 lines deleted...]
-              <w:pStyle w:val="Szvegtrzs"/>
+          <w:p w14:paraId="55832D37">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="246A74F1" w14:textId="77777777" w:rsidR="00CB252D" w:rsidRDefault="00CB252D" w:rsidP="00D53465">
-[...1 lines deleted...]
-              <w:pStyle w:val="Szvegtrzs"/>
+          <w:p w14:paraId="246A74F1">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00050C4E">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Funding acquisition</w:t>
             </w:r>
-            <w:r w:rsidRPr="0068556A">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="231512DA" w14:textId="77777777" w:rsidR="00CB252D" w:rsidRDefault="00CB252D" w:rsidP="00D53465">
-[...12 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="231512DA">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB252D" w14:paraId="0AB85F25" w14:textId="77777777" w:rsidTr="00D53465">
+      <w:tr w14:paraId="0AB85F25">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="540"/>
+          <w:trHeight w:val="540" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3EE0BADB" w14:textId="77777777" w:rsidR="00CB252D" w:rsidRDefault="00CB252D" w:rsidP="00D53465">
-[...1 lines deleted...]
-              <w:pStyle w:val="Szvegtrzs"/>
+          <w:p w14:paraId="3EE0BADB">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:shd w:val="clear" w:fill="4BACC6" w:themeFill="accent5"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4E6D2D83" w14:textId="77777777" w:rsidR="00CB252D" w:rsidRDefault="00CB252D" w:rsidP="00D53465">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00050C4E">
+          <w:p w14:paraId="4E6D2D83">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Investigation</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:color w:val="808080"/>
                 <w:u w:color="808080"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4D77DF25" w14:textId="41E67852" w:rsidR="00CB252D" w:rsidRDefault="00CB252D" w:rsidP="005255D9">
-[...11 lines deleted...]
-              <w:t>Took part in the process.</w:t>
+          <w:p w14:paraId="4D77DF25">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Reviewed Acehnese cultural documentation.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB252D" w14:paraId="572FC676" w14:textId="77777777" w:rsidTr="00D53465">
+      <w:tr w14:paraId="572FC676">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="540"/>
+          <w:trHeight w:val="540" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5E26B39B" w14:textId="77777777" w:rsidR="00CB252D" w:rsidRDefault="00CB252D" w:rsidP="00D53465">
-[...1 lines deleted...]
-              <w:pStyle w:val="Szvegtrzs"/>
+          <w:p w14:paraId="5E26B39B">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00872737">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:shd w:val="clear" w:fill="4BACC6" w:themeFill="accent5"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0DC51EBF" w14:textId="77777777" w:rsidR="00CB252D" w:rsidRDefault="00CB252D" w:rsidP="00D53465">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00050C4E">
+          <w:p w14:paraId="0DC51EBF">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Methodology</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB7DEC">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:color w:val="808080"/>
                 <w:u w:color="808080"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E394C44" w14:textId="77777777" w:rsidR="00CB252D" w:rsidRPr="00B537E0" w:rsidRDefault="00CB252D" w:rsidP="00D53465">
-[...16 lines deleted...]
-              <w:t>Took active part in the process.</w:t>
+          <w:p w14:paraId="5E394C44">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Refined analytical framework.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB252D" w14:paraId="20C39686" w14:textId="77777777" w:rsidTr="00D53465">
+      <w:tr w14:paraId="20C39686">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="CED7E7"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="540"/>
+          <w:trHeight w:val="540" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5EDD7D13" w14:textId="77777777" w:rsidR="00CB252D" w:rsidRDefault="00CB252D" w:rsidP="00D53465">
-[...1 lines deleted...]
-              <w:pStyle w:val="Szvegtrzs"/>
+          <w:p w14:paraId="5EDD7D13">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00872737">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:shd w:val="clear" w:fill="4BACC6" w:themeFill="accent5"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7214246E" w14:textId="77777777" w:rsidR="00CB252D" w:rsidRPr="00CB252D" w:rsidRDefault="00CB252D" w:rsidP="00D53465">
-[...1 lines deleted...]
-              <w:pStyle w:val="Szvegtrzs"/>
+          <w:p w14:paraId="7214246E">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:color="808080"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00CB252D">
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:color="808080"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
               </w:rPr>
               <w:t>Project administration</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="09C68AB2" w14:textId="77777777" w:rsidR="00CB252D" w:rsidRPr="00B537E0" w:rsidRDefault="00CB252D" w:rsidP="00D53465">
-[...16 lines deleted...]
-              <w:t>Took active part in the process.</w:t>
+          <w:p w14:paraId="09C68AB2">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ensured timely completion of tasks.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB252D" w14:paraId="4AB2DE74" w14:textId="77777777" w:rsidTr="00D53465">
+      <w:tr w14:paraId="4AB2DE74">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="540"/>
+          <w:trHeight w:val="540" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0A724D94" w14:textId="77777777" w:rsidR="00CB252D" w:rsidRDefault="00CB252D" w:rsidP="00D53465">
-[...1 lines deleted...]
-              <w:pStyle w:val="Szvegtrzs"/>
+          <w:p w14:paraId="0A724D94">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00872737">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:shd w:val="clear" w:fill="4BACC6" w:themeFill="accent5"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5E16D166" w14:textId="77777777" w:rsidR="00CB252D" w:rsidRDefault="00CB252D" w:rsidP="00D53465">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00050C4E">
+          <w:p w14:paraId="5E16D166">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Resources</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB7DEC">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:color w:val="808080"/>
                 <w:u w:color="808080"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2C6C1D75" w14:textId="77777777" w:rsidR="00CB252D" w:rsidRPr="00B537E0" w:rsidRDefault="00CB252D" w:rsidP="00D53465">
-[...16 lines deleted...]
-              <w:t>Took active part in the process.</w:t>
+          <w:p w14:paraId="2C6C1D75">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Provided access to cultural materials.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB252D" w14:paraId="7C062612" w14:textId="77777777" w:rsidTr="00D53465">
+      <w:tr w14:paraId="7C062612">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="540"/>
+          <w:trHeight w:val="540" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4B0CF6E2" w14:textId="77777777" w:rsidR="00CB252D" w:rsidRDefault="00CB252D" w:rsidP="00D53465">
-[...1 lines deleted...]
-              <w:pStyle w:val="Szvegtrzs"/>
+          <w:p w14:paraId="4B0CF6E2">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00872737">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4B6827C6" w14:textId="77777777" w:rsidR="00CB252D" w:rsidRPr="00CB252D" w:rsidRDefault="00CB252D" w:rsidP="00D53465">
-[...1 lines deleted...]
-              <w:pStyle w:val="Szvegtrzs"/>
+          <w:p w14:paraId="4B6827C6">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:color="808080"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00CB252D">
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:color="808080"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
               </w:rPr>
               <w:t>Software</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="75CAB171" w14:textId="41A2B722" w:rsidR="00CB252D" w:rsidRPr="00B537E0" w:rsidRDefault="00CB252D" w:rsidP="005255D9">
-[...1 lines deleted...]
-              <w:pStyle w:val="Szvegtrzs"/>
+          <w:p w14:paraId="75CAB171">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:color w:val="808080"/>
                 <w:u w:color="808080"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:color w:val="808080"/>
                 <w:u w:color="808080"/>
               </w:rPr>
               <w:t>Took part in the process.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB252D" w14:paraId="6BE35BA2" w14:textId="77777777" w:rsidTr="00D53465">
+      <w:tr w14:paraId="6BE35BA2">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="540"/>
+          <w:trHeight w:val="540" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="12EF81A5" w14:textId="77777777" w:rsidR="00CB252D" w:rsidRDefault="00CB252D" w:rsidP="00D53465">
-[...1 lines deleted...]
-              <w:pStyle w:val="Szvegtrzs"/>
+          <w:p w14:paraId="12EF81A5">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00872737">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:shd w:val="clear" w:fill="4BACC6" w:themeFill="accent5"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="094D4939" w14:textId="77777777" w:rsidR="00CB252D" w:rsidRDefault="00CB252D" w:rsidP="00D53465">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00050C4E">
+          <w:p w14:paraId="094D4939">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Supervision</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB7DEC">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:color w:val="808080"/>
                 <w:u w:color="808080"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="74FEBE9C" w14:textId="77777777" w:rsidR="00CB252D" w:rsidRPr="00B537E0" w:rsidRDefault="00CB252D" w:rsidP="00D53465">
-[...16 lines deleted...]
-              <w:t>Took active part in the process.</w:t>
+          <w:p w14:paraId="74FEBE9C">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Gave academic feedback.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB252D" w14:paraId="0EB3F452" w14:textId="77777777" w:rsidTr="00D53465">
+      <w:tr w14:paraId="0EB3F452">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="CED7E7"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="540"/>
+          <w:trHeight w:val="540" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0C3F4486" w14:textId="77777777" w:rsidR="00CB252D" w:rsidRDefault="00CB252D" w:rsidP="00D53465">
-[...1 lines deleted...]
-              <w:pStyle w:val="Szvegtrzs"/>
+          <w:p w14:paraId="0C3F4486">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00872737">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:shd w:val="clear" w:fill="4BACC6" w:themeFill="accent5"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="72348718" w14:textId="77777777" w:rsidR="00CB252D" w:rsidRPr="00CB252D" w:rsidRDefault="00CB252D" w:rsidP="00D53465">
-[...1 lines deleted...]
-              <w:pStyle w:val="Szvegtrzs"/>
+          <w:p w14:paraId="72348718">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:color="808080"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00CB252D">
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:color="808080"/>
+                <w14:textFill>
+                  <w14:solidFill>
+                    <w14:schemeClr w14:val="tx1"/>
+                  </w14:solidFill>
+                </w14:textFill>
               </w:rPr>
               <w:t>Validation</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="642F8952" w14:textId="1A5868EC" w:rsidR="00CB252D" w:rsidRPr="00B537E0" w:rsidRDefault="00CB252D" w:rsidP="005255D9">
-[...16 lines deleted...]
-              <w:t>Took part in the process.</w:t>
+          <w:p w14:paraId="642F8952">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Checked accuracy with cultural context.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB252D" w14:paraId="0A713EB5" w14:textId="77777777" w:rsidTr="00D53465">
+      <w:tr w14:paraId="0A713EB5">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="540"/>
+          <w:trHeight w:val="540" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="28B0A5FD" w14:textId="77777777" w:rsidR="00CB252D" w:rsidRDefault="00CB252D" w:rsidP="00D53465">
-[...1 lines deleted...]
-              <w:pStyle w:val="Szvegtrzs"/>
+          <w:p w14:paraId="28B0A5FD">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00872737">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:shd w:val="clear" w:fill="4BACC6" w:themeFill="accent5"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1BDC973B" w14:textId="77777777" w:rsidR="00CB252D" w:rsidRDefault="00CB252D" w:rsidP="00D53465">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00050C4E">
+          <w:p w14:paraId="1BDC973B">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Visualization</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB7DEC">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:color w:val="808080"/>
                 <w:u w:color="808080"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="78A26E60" w14:textId="4CBDE9D8" w:rsidR="00CB252D" w:rsidRPr="00B537E0" w:rsidRDefault="00CB252D" w:rsidP="005255D9">
-[...16 lines deleted...]
-              <w:t>Took part in the process.</w:t>
+          <w:p w14:paraId="78A26E60">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Contributed to diagram design.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB252D" w14:paraId="3459426B" w14:textId="77777777" w:rsidTr="00D53465">
+      <w:tr w14:paraId="3459426B">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="540"/>
+          <w:trHeight w:val="540" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="357F5389" w14:textId="77777777" w:rsidR="00CB252D" w:rsidRDefault="00CB252D" w:rsidP="00D53465">
-[...1 lines deleted...]
-              <w:pStyle w:val="Szvegtrzs"/>
+          <w:p w14:paraId="357F5389">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00872737">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:shd w:val="clear" w:fill="4BACC6" w:themeFill="accent5"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="70B487EE" w14:textId="77777777" w:rsidR="00CB252D" w:rsidRDefault="00CB252D" w:rsidP="00D53465">
-[...1 lines deleted...]
-              <w:pStyle w:val="Szvegtrzs"/>
+          <w:p w14:paraId="70B487EE">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00050C4E">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Writing – original draft</w:t>
             </w:r>
-            <w:r w:rsidRPr="00050C4E">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="58CFBB82" w14:textId="77777777" w:rsidR="00CB252D" w:rsidRPr="00B537E0" w:rsidRDefault="00CB252D" w:rsidP="00D53465">
-[...16 lines deleted...]
-              <w:t>Took active part in the process.</w:t>
+          <w:p w14:paraId="58CFBB82">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Drafted Acehnese cultural sections.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB252D" w14:paraId="5865359C" w14:textId="77777777" w:rsidTr="00D53465">
+      <w:tr w14:paraId="5865359C">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="540"/>
+          <w:trHeight w:val="540" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5F55D4B1" w14:textId="77777777" w:rsidR="00CB252D" w:rsidRDefault="00CB252D" w:rsidP="00D53465">
-[...1 lines deleted...]
-              <w:pStyle w:val="Szvegtrzs"/>
+          <w:p w14:paraId="5F55D4B1">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00872737">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:shd w:val="clear" w:fill="4BACC6" w:themeFill="accent5"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7ACD71A0" w14:textId="77777777" w:rsidR="00CB252D" w:rsidRDefault="00CB252D" w:rsidP="00D53465">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00050C4E">
+          <w:p w14:paraId="7ACD71A0">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Writing – review &amp; editing</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB7DEC">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:color w:val="808080"/>
                 <w:u w:color="808080"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="368CF379" w14:textId="77777777" w:rsidR="00CB252D" w:rsidRPr="00B537E0" w:rsidRDefault="00CB252D" w:rsidP="00D53465">
-[...16 lines deleted...]
-              <w:t>Took active part in the process.</w:t>
+          <w:p w14:paraId="368CF379">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:color w:val="808080"/>
+                <w:u w:color="808080"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Improved language and coherence.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB252D" w14:paraId="59CBDA4D" w14:textId="77777777" w:rsidTr="00D53465">
+      <w:tr w14:paraId="59CBDA4D">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="FFFFFF" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="CED7E7"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="540"/>
+          <w:trHeight w:val="540" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3DC6748B" w14:textId="77777777" w:rsidR="00CB252D" w:rsidRDefault="00CB252D" w:rsidP="00D53465">
-[...1 lines deleted...]
-              <w:pStyle w:val="Szvegtrzs"/>
+          <w:p w14:paraId="3DC6748B">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0171CE4B" w14:textId="77777777" w:rsidR="00CB252D" w:rsidRDefault="00CB252D" w:rsidP="00D53465">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+          <w:p w14:paraId="0171CE4B">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:eastAsia="Bookman Old Style" w:cs="Bookman Old Style"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
               </w:rPr>
               <w:t>Other contribution</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0603C5E7" w14:textId="77777777" w:rsidR="00CB252D" w:rsidRDefault="00CB252D" w:rsidP="00D53465">
-[...1 lines deleted...]
-              <w:pStyle w:val="Szvegtrzs"/>
+          <w:p w14:paraId="0603C5E7">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:color w:val="808080"/>
                 <w:u w:color="808080"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="148014FE" w14:textId="77777777" w:rsidR="005A4898" w:rsidRDefault="005A4898" w:rsidP="00520509">
+    <w:p w14:paraId="148014FE">
       <w:pPr>
-        <w:pStyle w:val="Szvegtrzs"/>
+        <w:pStyle w:val="4"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="005A4898" w:rsidSect="00B537E0">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId11"/>
+    <w:sectPr>
+      <w:headerReference r:id="rId3" w:type="default"/>
+      <w:footerReference r:id="rId4" w:type="default"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
-      <w:cols w:space="720"/>
-      <w:docGrid w:linePitch="326"/>
+      <w:cols w:space="720" w:num="1"/>
+      <w:docGrid w:linePitch="326" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-[...6 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20007A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="宋体">
+    <w:altName w:val="SimSun"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="SimSun">
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
+  </w:font>
+  <w:font w:name="黑体">
+    <w:altName w:val="SimSun"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
-    <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
-    <w:pitch w:val="variable"/>
-[...15 lines deleted...]
-    <w:sig w:usb0="00000003" w:usb1="500079DB" w:usb2="00000010" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
+  <w:font w:name="等线">
+    <w:altName w:val="Microsoft YaHei"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial Unicode MS">
+    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Helvetica Neue">
+    <w:altName w:val="Corbel"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000010" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
-    <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="2000009F" w:csb1="DFD70000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:pitch w:val="variable"/>
-    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="04000000" w:csb0="00000001" w:csb1="40000000"/>
+  </w:font>
+  <w:font w:name="Malgun Gothic Semilight">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="900002AF" w:usb1="01D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="203E01BD" w:csb1="D7FF0000"/>
+  </w:font>
+  <w:font w:name="Corbel">
+    <w:panose1 w:val="020B0503020204020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000A44B" w:usb2="00000000" w:usb3="00000000" w:csb0="2000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Microsoft YaHei">
+    <w:panose1 w:val="020B0503020204020204"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="2000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Liberation Serif">
+    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="2AD4710B" w14:textId="77777777" w:rsidR="005A4898" w:rsidRDefault="005A4898">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:p w14:paraId="2AD4710B">
     <w:pPr>
-      <w:pStyle w:val="a"/>
+      <w:pStyle w:val="7"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="7BB80704" w14:textId="77777777" w:rsidR="005A4898" w:rsidRDefault="005A4898">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:p w14:paraId="7BB80704">
     <w:pPr>
-      <w:pStyle w:val="a"/>
+      <w:pStyle w:val="7"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...119 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:displayBackgroundShape/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:displayBackgroundShape w:val="1"/>
+  <w:documentProtection w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat>
-    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005A4898"/>
     <w:rsid w:val="00002457"/>
     <w:rsid w:val="00050C4E"/>
     <w:rsid w:val="00161722"/>
     <w:rsid w:val="00217B71"/>
     <w:rsid w:val="00272A24"/>
     <w:rsid w:val="00393490"/>
     <w:rsid w:val="004F768A"/>
     <w:rsid w:val="00520509"/>
     <w:rsid w:val="005255D9"/>
     <w:rsid w:val="00544C8C"/>
     <w:rsid w:val="00591B42"/>
     <w:rsid w:val="005A4898"/>
     <w:rsid w:val="0068556A"/>
     <w:rsid w:val="00AC4DEE"/>
     <w:rsid w:val="00AE0301"/>
     <w:rsid w:val="00B537E0"/>
     <w:rsid w:val="00B85EAD"/>
     <w:rsid w:val="00BC1949"/>
     <w:rsid w:val="00CB252D"/>
     <w:rsid w:val="00D5072C"/>
     <w:rsid w:val="00DE18EF"/>
     <w:rsid w:val="00E11B7D"/>
     <w:rsid w:val="00FF7080"/>
+    <w:rsid w:val="27A42344"/>
+    <w:rsid w:val="33DD73A1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults fillcolor="#FFFFFF" fill="t" stroke="t">
+      <v:fill on="t" focussize="0,0"/>
+      <v:stroke color="#000000"/>
+    </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-[...2 lines deleted...]
-  <w15:docId w15:val="{CB3B940F-B2B2-6249-AE94-8165450F29EA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial Unicode MS" w:cs="Times New Roman"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...10 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...370 lines deleted...]
-    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  <w:latentStyles w:count="260" w:defQFormat="0" w:defUnhideWhenUsed="1" w:defSemiHidden="1" w:defUIPriority="99" w:defLockedState="0">
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="9" w:semiHidden="0" w:name="heading 1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 2"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 3"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 4"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 5"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 6"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 7"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 8"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 9"/>
+    <w:lsdException w:uiPriority="99" w:name="index 1"/>
+    <w:lsdException w:uiPriority="99" w:name="index 2"/>
+    <w:lsdException w:uiPriority="99" w:name="index 3"/>
+    <w:lsdException w:uiPriority="99" w:name="index 4"/>
+    <w:lsdException w:uiPriority="99" w:name="index 5"/>
+    <w:lsdException w:uiPriority="99" w:name="index 6"/>
+    <w:lsdException w:uiPriority="99" w:name="index 7"/>
+    <w:lsdException w:uiPriority="99" w:name="index 8"/>
+    <w:lsdException w:uiPriority="99" w:name="index 9"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 1"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 2"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 3"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 4"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 5"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 6"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 7"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 8"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 9"/>
+    <w:lsdException w:uiPriority="99" w:name="Normal Indent"/>
+    <w:lsdException w:uiPriority="99" w:name="footnote text"/>
+    <w:lsdException w:uiPriority="99" w:name="annotation text"/>
+    <w:lsdException w:uiPriority="99" w:name="header"/>
+    <w:lsdException w:uiPriority="99" w:name="footer"/>
+    <w:lsdException w:uiPriority="99" w:name="index heading"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="35" w:name="caption"/>
+    <w:lsdException w:uiPriority="99" w:name="table of figures"/>
+    <w:lsdException w:uiPriority="99" w:name="envelope address"/>
+    <w:lsdException w:uiPriority="99" w:name="envelope return"/>
+    <w:lsdException w:uiPriority="99" w:name="footnote reference"/>
+    <w:lsdException w:uiPriority="99" w:name="annotation reference"/>
+    <w:lsdException w:uiPriority="99" w:name="line number"/>
+    <w:lsdException w:uiPriority="99" w:name="page number"/>
+    <w:lsdException w:uiPriority="99" w:name="endnote reference"/>
+    <w:lsdException w:uiPriority="99" w:name="endnote text"/>
+    <w:lsdException w:uiPriority="99" w:name="table of authorities"/>
+    <w:lsdException w:uiPriority="99" w:name="macro"/>
+    <w:lsdException w:uiPriority="99" w:name="toa heading"/>
+    <w:lsdException w:uiPriority="99" w:name="List"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number"/>
+    <w:lsdException w:uiPriority="99" w:name="List 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List 5"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 5"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 5"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="10" w:semiHidden="0" w:name="Title"/>
+    <w:lsdException w:uiPriority="99" w:name="Closing"/>
+    <w:lsdException w:uiPriority="99" w:name="Signature"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="1" w:name="Default Paragraph Font"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text Indent"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Message Header"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="11" w:semiHidden="0" w:name="Subtitle"/>
+    <w:lsdException w:uiPriority="99" w:name="Salutation"/>
+    <w:lsdException w:uiPriority="99" w:name="Date"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text First Indent"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text First Indent 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Note Heading"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text Indent 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text Indent 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Block Text"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Hyperlink"/>
+    <w:lsdException w:uiPriority="99" w:name="FollowedHyperlink"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="22" w:semiHidden="0" w:name="Strong"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="20" w:semiHidden="0" w:name="Emphasis"/>
+    <w:lsdException w:uiPriority="99" w:name="Document Map"/>
+    <w:lsdException w:uiPriority="99" w:name="Plain Text"/>
+    <w:lsdException w:uiPriority="99" w:name="E-mail Signature"/>
+    <w:lsdException w:uiPriority="99" w:name="Normal (Web)"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Acronym"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Address"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Cite"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Code"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Definition"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Keyboard"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Preformatted"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Sample"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Typewriter"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Variable"/>
+    <w:lsdException w:uiPriority="99" w:name="Normal Table"/>
+    <w:lsdException w:uiPriority="99" w:name="annotation subject"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Simple 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Simple 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Simple 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Colorful 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Colorful 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Colorful 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 6"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 7"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 8"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 6"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 7"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 8"/>
+    <w:lsdException w:uiPriority="99" w:name="Table 3D effects 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table 3D effects 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table 3D effects 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Contemporary"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Elegant"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Professional"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Subtle 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Subtle 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Web 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Web 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Web 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Balloon Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="39" w:semiHidden="0" w:name="Table Grid"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Theme"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 6"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Norml">
+  <w:style w:type="paragraph" w:default="1" w:styleId="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:between w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+      </w:pBdr>
+    </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial Unicode MS" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Bekezdsalapbettpusa">
+  <w:style w:type="character" w:default="1" w:styleId="2">
     <w:name w:val="Default Paragraph Font"/>
-    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="1"/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normltblzat">
+  <w:style w:type="table" w:default="1" w:styleId="3">
     <w:name w:val="Normal Table"/>
-    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:uiPriority w:val="99"/>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Nemlista">
-[...3 lines deleted...]
-    <w:unhideWhenUsed/>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="Body Text"/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:between w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+      </w:pBdr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:u w:color="000000"/>
+      <w:lang w:val="en-US" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hiperhivatkozs">
+  <w:style w:type="character" w:styleId="5">
     <w:name w:val="Hyperlink"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
-    <w:name w:val="Table Normal"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="6">
+    <w:name w:val="Table Normal1"/>
+    <w:uiPriority w:val="0"/>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7">
     <w:name w:val="Колонтитулы"/>
+    <w:uiPriority w:val="0"/>
     <w:pPr>
+      <w:pBdr>
+        <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:between w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+      </w:pBdr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9020"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial Unicode MS"/>
+      <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...3 lines deleted...]
-      </w14:textOutline>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Szvegtrzs">
-[...18 lines deleted...]
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8">
     <w:name w:val="Default"/>
-    <w:rsid w:val="00591B42"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:bar w:val="none" w:sz="0" w:color="auto"/>
+        <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:between w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:pBdr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...213 lines deleted...]
-
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office Theme">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="A7A7A7"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="535353"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7575,955 +6920,144 @@
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults>
     <a:spDef>
       <a:spPr>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:ln w="25400" cap="flat">
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:round/>
         </a:ln>
         <a:effectLst>
           <a:outerShdw blurRad="38100" dist="23000" dir="5400000" rotWithShape="0">
             <a:srgbClr val="000000">
               <a:alpha val="35000"/>
             </a:srgbClr>
           </a:outerShdw>
         </a:effectLst>
-        <a:sp3d/>
       </a:spPr>
       <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="45719" tIns="45719" rIns="45719" bIns="45719" numCol="1" spcCol="38100" rtlCol="0" anchor="ctr">
         <a:spAutoFit/>
       </a:bodyPr>
-      <a:lstStyle>
-[...264 lines deleted...]
-      </a:lstStyle>
+      <a:lstStyle/>
       <a:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="none"/>
       </a:style>
     </a:spDef>
     <a:lnDef>
       <a:spPr>
         <a:noFill/>
         <a:ln w="25400" cap="flat">
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:round/>
         </a:ln>
         <a:effectLst>
           <a:outerShdw blurRad="38100" dist="20000" dir="5400000" rotWithShape="0">
             <a:srgbClr val="000000">
               <a:alpha val="38000"/>
             </a:srgbClr>
           </a:outerShdw>
         </a:effectLst>
-        <a:sp3d/>
       </a:spPr>
       <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91439" tIns="45719" rIns="91439" bIns="45719" numCol="1" spcCol="38100" rtlCol="0" anchor="t">
         <a:noAutofit/>
       </a:bodyPr>
-      <a:lstStyle>
-[...260 lines deleted...]
-      </a:lstStyle>
+      <a:lstStyle/>
       <a:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="none"/>
       </a:style>
     </a:lnDef>
     <a:txDef>
       <a:spPr>
         <a:noFill/>
         <a:ln w="12700" cap="flat">
           <a:noFill/>
           <a:miter lim="400000"/>
         </a:ln>
-        <a:effectLst/>
-        <a:sp3d/>
       </a:spPr>
       <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="45719" tIns="45719" rIns="45719" bIns="45719" numCol="1" spcCol="38100" rtlCol="0" anchor="t">
         <a:spAutoFit/>
       </a:bodyPr>
-      <a:lstStyle>
-[...264 lines deleted...]
-      </a:lstStyle>
+      <a:lstStyle/>
       <a:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="none"/>
       </a:style>
     </a:txDef>
   </a:objectDefaults>
-  <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
-  <TotalTime></TotalTime>
-  <Pages>4</Pages>
+  <Pages>3</Pages>
   <Words>812</Words>
   <Characters>4631</Characters>
-  <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
   <Lines>38</Lines>
   <Paragraphs>10</Paragraphs>
+  <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...21 lines deleted...]
-  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>5433</CharactersWithSpaces>
-  <SharedDoc>false</SharedDoc>
-[...1 lines deleted...]
-  <AppVersion></AppVersion>
+  <Application>WPS Office_12.2.0.23155_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Istvan</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
-  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
+    <vt:lpwstr>1033-12.2.0.23155</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
+    <vt:lpwstr>FE5A1189122D47D094605232342A1C52_12</vt:lpwstr>
+  </property>
+</Properties>
+</file>